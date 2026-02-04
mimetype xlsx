--- v0 (2025-10-24)
+++ v1 (2026-02-04)
@@ -2,83 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="25601"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect-my.sharepoint.com/personal/greg_stallings_abc_nc_gov/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\liz.bruner\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="179" documentId="14_{D91DA6C1-BC59-42ED-BB80-BBC79F5B7217}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D3E4BFF2-2E01-492C-A553-D7956B8907E0}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9BCB9899-CF3F-4C8C-BBFB-CAA5A183F7E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="198" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="250" uniqueCount="221">
   <si>
     <t>NC Code</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Weller Special Reserve</t>
   </si>
   <si>
     <t>EH Taylor Single Barrel</t>
   </si>
   <si>
     <t>EH Taylor Small Batch</t>
   </si>
   <si>
     <t>Buffalo Trace Bourbon</t>
   </si>
   <si>
     <t>Sazerac Rye 6 Year</t>
   </si>
   <si>
     <t>Weller Antique 107</t>
   </si>
   <si>
@@ -285,53 +285,50 @@
   <si>
     <t>Angels Envy Cask Strength</t>
   </si>
   <si>
     <t>1792 Bottled In Bond</t>
   </si>
   <si>
     <t>High West A Midwinter Nights Dram</t>
   </si>
   <si>
     <t>Hardin's Creek Jacob's Well</t>
   </si>
   <si>
     <t>El Tesoro Mundial Knob Creek</t>
   </si>
   <si>
     <t>Penelope Private Select</t>
   </si>
   <si>
     <t>Remus Gatsby</t>
   </si>
   <si>
     <t>Old Forester 1924</t>
   </si>
   <si>
-    <t>Weller 12 Year 1L</t>
-[...1 lines deleted...]
-  <si>
     <t>Sazerac Rye 6 Year 1.75L</t>
   </si>
   <si>
     <t>1792 Full Proof</t>
   </si>
   <si>
     <t>Old Fitzgerald 8 Year BIB</t>
   </si>
   <si>
     <t>Penelope Tokaji Cask Finish</t>
   </si>
   <si>
     <t>Heaven Hill Heritage 18 Year</t>
   </si>
   <si>
     <t>Elijah Craig Small Batch PGA Edition</t>
   </si>
   <si>
     <t>Crown Royal Blackberry</t>
   </si>
   <si>
     <t>2XO Kiawah Blend</t>
   </si>
   <si>
     <t>Blanton's Gold</t>
@@ -549,60 +546,201 @@
   <si>
     <t>Four Roses Single Barrel OESO</t>
   </si>
   <si>
     <t>Little Book Chapter 9</t>
   </si>
   <si>
     <t>Yamazaki Distillers Reserve</t>
   </si>
   <si>
     <t>Calumet Farm Bottled In Bond</t>
   </si>
   <si>
     <t>Calumet Farm High Rye</t>
   </si>
   <si>
     <t>Penelope Architect Crème Brule</t>
   </si>
   <si>
     <t xml:space="preserve">Holladay Soft Red Wheat Bourbon </t>
   </si>
   <si>
     <t>Michter's US1 Barrel Strength Rye Whiskey</t>
   </si>
   <si>
-    <t>Updated 7/1/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Tequila Ocho Anejo</t>
   </si>
   <si>
     <t>New Riff 8 Year Bourbon</t>
   </si>
   <si>
     <t>Uncle Nearest Master Blend Edition</t>
+  </si>
+  <si>
+    <t>Ben Holladay 8 Year</t>
+  </si>
+  <si>
+    <t>Crown Royal Chocolate</t>
+  </si>
+  <si>
+    <t>Old Forester President's Choice</t>
+  </si>
+  <si>
+    <t>Old Forester President's Choice Rye</t>
+  </si>
+  <si>
+    <t>Bomberger's Declaration</t>
+  </si>
+  <si>
+    <t>Bardstown Bourbon Collab Series Ferrand ll</t>
+  </si>
+  <si>
+    <t>Bardstown Bourbon Discovery Series 13</t>
+  </si>
+  <si>
+    <t>1792 Extended Cask Collection Pinot Noir</t>
+  </si>
+  <si>
+    <t>1792 Extended Cask Finish Rum</t>
+  </si>
+  <si>
+    <t>1792 Extended Cask Finish Zinfandel</t>
+  </si>
+  <si>
+    <t>Willett Wheated Bourbon 8 Year</t>
+  </si>
+  <si>
+    <t>Parker's Heritage 19th Edition</t>
+  </si>
+  <si>
+    <t>Michter's Toasted Sour Mash Whiskey</t>
+  </si>
+  <si>
+    <t>Remus Repeal Reserve IX</t>
+  </si>
+  <si>
+    <t>Penelope Estate Collection Founders Reserve</t>
+  </si>
+  <si>
+    <t>Little Book the Infinate II</t>
+  </si>
+  <si>
+    <t>Templeton 13 Year Rye</t>
+  </si>
+  <si>
+    <t>Penelope Estate Collection Omega</t>
+  </si>
+  <si>
+    <t>Hardin's Creek Warehouse Series 1</t>
+  </si>
+  <si>
+    <t>Hardin's Creek Warehouse Series 2</t>
+  </si>
+  <si>
+    <t>Hardin's Creek Warehouse Series 3</t>
+  </si>
+  <si>
+    <t>RCLR Straight Bourbon Whiskey</t>
+  </si>
+  <si>
+    <t>RCLR Straight Rye</t>
+  </si>
+  <si>
+    <t>RCLR Kentucky Straight Whiskey</t>
+  </si>
+  <si>
+    <t>Wild Turkey Master's Keep</t>
+  </si>
+  <si>
+    <t>Mister Sam Tribute</t>
+  </si>
+  <si>
+    <t>Woodford Reserve Barrel Strength Rye</t>
+  </si>
+  <si>
+    <t>Woodford Reserve Masters Collection</t>
+  </si>
+  <si>
+    <t>LALO Blanco Tequila High Proof</t>
+  </si>
+  <si>
+    <t>Four Roses Limited Edition 2025</t>
+  </si>
+  <si>
+    <t>Old Forester Single Barrel Rye Barrel Proof</t>
+  </si>
+  <si>
+    <t>Remus Gatsby Reserve 2025</t>
+  </si>
+  <si>
+    <t>Old Overholt Extra Aged 12 Year</t>
+  </si>
+  <si>
+    <t>Elijah Craig Barrel Proof</t>
+  </si>
+  <si>
+    <t>Angel's Envy 10 Year</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Woodford Reseve Batch Proof</t>
+  </si>
+  <si>
+    <t>Jack Daniel's Single Barrel Tanyard Hill Rye</t>
+  </si>
+  <si>
+    <t>Heaven Hill Bourbon 90th Anniversary</t>
+  </si>
+  <si>
+    <t>Knob Creek 21 Year</t>
+  </si>
+  <si>
+    <t>Bowmore Aston Martin 21 Year</t>
+  </si>
+  <si>
+    <t>On Your Six USMC 250th Birthday Bourbon</t>
+  </si>
+  <si>
+    <t>Peerless Toasted Rye</t>
+  </si>
+  <si>
+    <t>Old Carter VSB Bourbon</t>
+  </si>
+  <si>
+    <t>Peerless Double Oak Rye</t>
+  </si>
+  <si>
+    <t>Uncle Nearest Cognac Cask Premium Whiskey</t>
+  </si>
+  <si>
+    <t>Peerless High Rye Bourbon</t>
+  </si>
+  <si>
+    <t>Updated 1/1/2026</t>
+  </si>
+  <si>
+    <t>Old Fitzgerald 11 Year BIB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0000#"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -634,147 +772,140 @@
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -836,51 +967,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -978,1683 +1109,2110 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:B200"/>
+  <dimension ref="A1:B252"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.5703125" style="2" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="52" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="8.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="52" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="B1" s="4" t="s">
+      <c r="B1" s="3" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A3" s="4"/>
+      <c r="B3" s="5" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4" s="4"/>
+      <c r="B4" s="5"/>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" s="4">
+        <v>17601</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" s="4">
+        <v>17638</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A7" s="4">
+        <v>17641</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" s="4">
+        <v>17642</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" s="4">
+        <v>17671</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" s="4">
+        <v>17674</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" s="4">
+        <v>17679</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" s="4">
+        <v>17681</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A13" s="4">
+        <v>17710</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" s="4">
+        <v>17724</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A15" s="4">
+        <v>17741</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" s="4">
+        <v>17763</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A17" s="4">
+        <v>17764</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A18" s="4">
+        <v>17765</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A19" s="4">
+        <v>17892</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A20" s="4">
+        <v>17899</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A21" s="4">
+        <v>17911</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A22" s="4">
+        <v>17938</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A23" s="4">
+        <v>17980</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A24" s="4">
+        <v>17981</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A25" s="4">
+        <v>17988</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A26" s="4">
+        <v>17989</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A27" s="4">
+        <v>17990</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A28" s="4">
+        <v>17991</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A29" s="4">
+        <v>18023</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A30" s="4">
+        <v>18060</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A31" s="4">
+        <v>18102</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A32" s="4">
+        <v>18103</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A33" s="4">
+        <v>18165</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A34" s="4">
+        <v>18269</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A35" s="4">
+        <v>18271</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A36" s="4">
+        <v>18344</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A37" s="4">
+        <v>18363</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A38" s="4">
+        <v>18366</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A39" s="4">
+        <v>18565</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A40" s="4">
+        <v>18566</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A41" s="4">
+        <v>18585</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A42" s="4">
+        <v>18683</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A43" s="4">
+        <v>18694</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A44" s="4">
+        <v>18734</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A45" s="4">
+        <v>18744</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A46" s="4">
+        <v>18754</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A47" s="4">
+        <v>18755</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A48" s="4">
+        <v>18764</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="49" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A49" s="4">
+        <v>18770</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A50" s="4">
+        <v>18784</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A51" s="4">
+        <v>18891</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A52" s="4">
+        <v>18938</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A53" s="4">
+        <v>19003</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A54" s="4">
+        <v>19004</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A55" s="4">
+        <v>19199</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="56" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A56" s="4">
+        <v>19359</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A57" s="4">
+        <v>19484</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A58" s="4">
+        <v>19063</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="59" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A59" s="4">
+        <v>19152</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A60" s="4">
+        <v>19215</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A61" s="4">
+        <v>19411</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A62" s="4">
+        <v>19710</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A63" s="4">
+        <v>19730</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A64" s="4">
+        <v>19788</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A65" s="4">
+        <v>19791</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A66" s="4">
+        <v>19800</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A67" s="4">
+        <v>19998</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A68" s="4">
+        <v>20012</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A69" s="4">
+        <v>20029</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A70" s="4">
+        <v>20020</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A71" s="4">
+        <v>20084</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A72" s="4">
+        <v>20186</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A73" s="6">
+        <v>20192</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A74" s="6">
+        <v>20207</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A75" s="6">
+        <v>20233</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A76" s="6">
+        <v>20371</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A77" s="6">
+        <v>20376</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A78" s="6">
+        <v>20581</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A79" s="6">
+        <v>20595</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A80" s="6">
+        <v>20608</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="81" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A81" s="6">
+        <v>20611</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A82" s="6">
+        <v>20773</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="83" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A83" s="6">
+        <v>20797</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A84" s="6">
+        <v>24678</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A85" s="6">
+        <v>25071</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A86" s="6">
+        <v>25555</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A87" s="6">
+        <v>27035</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A88" s="6">
+        <v>27039</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A89" s="6">
+        <v>27090</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A90" s="6">
+        <v>27107</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A91" s="6">
+        <v>27169</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="93" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A93" s="7"/>
+      <c r="B93" s="9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="94" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A94" s="7"/>
+      <c r="B94" s="9"/>
+    </row>
+    <row r="95" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A95" s="7">
+        <v>17558</v>
+      </c>
+      <c r="B95" s="9" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="96" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A96" s="7">
+        <v>17562</v>
+      </c>
+      <c r="B96" s="9" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A97" s="7">
+        <v>17581</v>
+      </c>
+      <c r="B97" s="9" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="98" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A98" s="7">
+        <v>17582</v>
+      </c>
+      <c r="B98" s="9" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="99" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A99" s="7">
+        <v>17611</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A100" s="7">
+        <v>17612</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A101" s="7">
+        <v>17613</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A102" s="7">
+        <v>17662</v>
+      </c>
+      <c r="B102" s="7" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A103" s="7">
+        <v>17665</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A104" s="7">
+        <v>17670</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A105" s="7">
+        <v>17676</v>
+      </c>
+      <c r="B105" s="7" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A106" s="7">
+        <v>17684</v>
+      </c>
+      <c r="B106" s="7" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A107" s="7">
+        <v>17685</v>
+      </c>
+      <c r="B107" s="7" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A108" s="7">
+        <v>17686</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A109" s="7">
+        <v>17688</v>
+      </c>
+      <c r="B109" s="7" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A110" s="7">
+        <v>17689</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="111" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A111" s="7">
+        <v>17694</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A112" s="7">
+        <v>17695</v>
+      </c>
+      <c r="B112" s="7" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A113" s="7">
+        <v>17700</v>
+      </c>
+      <c r="B113" s="7" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="114" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A114" s="7">
+        <v>17704</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="115" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A115" s="7">
+        <v>17705</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="116" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A116" s="7">
+        <v>17706</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A117" s="7">
+        <v>17707</v>
+      </c>
+      <c r="B117" s="7" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="118" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A118" s="7">
+        <v>17708</v>
+      </c>
+      <c r="B118" s="7" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A119" s="7">
+        <v>17709</v>
+      </c>
+      <c r="B119" s="7" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A120" s="7">
+        <v>17712</v>
+      </c>
+      <c r="B120" s="7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="121" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A121" s="7">
+        <v>17713</v>
+      </c>
+      <c r="B121" s="7" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="122" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A122" s="7">
+        <v>17716</v>
+      </c>
+      <c r="B122" s="7" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A123" s="7">
+        <v>17752</v>
+      </c>
+      <c r="B123" s="7" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A124" s="7">
+        <v>17753</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A125" s="7">
+        <v>17859</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A126" s="7">
+        <v>17883</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A127" s="7">
+        <v>17884</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="128" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A128" s="7">
+        <v>17897</v>
+      </c>
+      <c r="B128" s="7" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A129" s="7">
+        <v>17898</v>
+      </c>
+      <c r="B129" s="7" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A130" s="7">
+        <v>17919</v>
+      </c>
+      <c r="B130" s="7" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="131" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A131" s="7">
+        <v>17943</v>
+      </c>
+      <c r="B131" s="7" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="132" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A132" s="7">
+        <v>17944</v>
+      </c>
+      <c r="B132" s="7" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="133" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A133" s="7">
+        <v>17945</v>
+      </c>
+      <c r="B133" s="7" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="134" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A134" s="7">
+        <v>17953</v>
+      </c>
+      <c r="B134" s="7" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="135" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A135" s="7">
+        <v>17954</v>
+      </c>
+      <c r="B135" s="7" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="136" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A136" s="7">
+        <v>17984</v>
+      </c>
+      <c r="B136" s="7" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="137" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A137" s="7">
+        <v>17999</v>
+      </c>
+      <c r="B137" s="7" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A138" s="7">
+        <v>18001</v>
+      </c>
+      <c r="B138" s="7" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="139" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A139" s="7">
+        <v>18057</v>
+      </c>
+      <c r="B139" s="7" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A140" s="7">
+        <v>18059</v>
+      </c>
+      <c r="B140" s="7" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="141" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A141" s="7">
+        <v>18087</v>
+      </c>
+      <c r="B141" s="7" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A142" s="7">
+        <v>18096</v>
+      </c>
+      <c r="B142" s="7" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="143" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A143" s="7">
+        <v>18099</v>
+      </c>
+      <c r="B143" s="7" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="144" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A144" s="7">
+        <v>18100</v>
+      </c>
+      <c r="B144" s="7" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="145" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A145" s="7">
+        <v>18104</v>
+      </c>
+      <c r="B145" s="7" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="146" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A146" s="7">
+        <v>18105</v>
+      </c>
+      <c r="B146" s="7" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="147" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A147" s="7">
+        <v>18106</v>
+      </c>
+      <c r="B147" s="7" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="148" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A148" s="7">
+        <v>18125</v>
+      </c>
+      <c r="B148" s="7" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="149" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A149" s="7">
+        <v>18126</v>
+      </c>
+      <c r="B149" s="7" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="150" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A150" s="7">
+        <v>18127</v>
+      </c>
+      <c r="B150" s="7" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="151" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A151" s="7">
+        <v>18128</v>
+      </c>
+      <c r="B151" s="7" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="152" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A152" s="7">
+        <v>18130</v>
+      </c>
+      <c r="B152" s="7" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="153" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A153" s="7">
+        <v>18131</v>
+      </c>
+      <c r="B153" s="7" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="154" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A154" s="7">
+        <v>18133</v>
+      </c>
+      <c r="B154" s="7" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="155" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A155" s="7">
+        <v>18152</v>
+      </c>
+      <c r="B155" s="7" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="156" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A156" s="7">
+        <v>18153</v>
+      </c>
+      <c r="B156" s="7" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="157" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A157" s="7">
+        <v>18159</v>
+      </c>
+      <c r="B157" s="7" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="158" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A158" s="7">
+        <v>18163</v>
+      </c>
+      <c r="B158" s="7" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="159" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A159" s="7">
+        <v>18164</v>
+      </c>
+      <c r="B159" s="7" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="160" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A160" s="7">
+        <v>18166</v>
+      </c>
+      <c r="B160" s="7" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="161" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A161" s="7">
+        <v>18180</v>
+      </c>
+      <c r="B161" s="7" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="162" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A162" s="7">
+        <v>18196</v>
+      </c>
+      <c r="B162" s="7" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="163" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A163" s="7">
+        <v>18268</v>
+      </c>
+      <c r="B163" s="7" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="164" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A164" s="7">
+        <v>18272</v>
+      </c>
+      <c r="B164" s="7" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="165" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A165" s="7">
+        <v>18281</v>
+      </c>
+      <c r="B165" s="7" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="166" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A166" s="7">
+        <v>18318</v>
+      </c>
+      <c r="B166" s="7" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="167" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A167" s="7">
+        <v>18319</v>
+      </c>
+      <c r="B167" s="7" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="168" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A168" s="7">
+        <v>18320</v>
+      </c>
+      <c r="B168" s="7" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="169" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A169" s="7">
+        <v>18344</v>
+      </c>
+      <c r="B169" s="7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="170" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A170" s="7">
+        <v>18388</v>
+      </c>
+      <c r="B170" s="7" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="171" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A171" s="7">
+        <v>18390</v>
+      </c>
+      <c r="B171" s="7" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...93 lines deleted...]
-      <c r="B14" s="7" t="s">
+    <row r="172" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A172" s="7">
+        <v>18477</v>
+      </c>
+      <c r="B172" s="7" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="173" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A173" s="7">
+        <v>18482</v>
+      </c>
+      <c r="B173" s="7" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="174" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A174" s="7">
+        <v>18529</v>
+      </c>
+      <c r="B174" s="7" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="175" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A175" s="7">
+        <v>18566</v>
+      </c>
+      <c r="B175" s="7" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="176" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A176" s="7">
+        <v>18576</v>
+      </c>
+      <c r="B176" s="7" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="177" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A177" s="7">
+        <v>18585</v>
+      </c>
+      <c r="B177" s="7" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="178" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A178" s="7">
+        <v>18605</v>
+      </c>
+      <c r="B178" s="7" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="179" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A179" s="7">
+        <v>18823</v>
+      </c>
+      <c r="B179" s="7" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="180" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A180" s="7">
+        <v>18724</v>
+      </c>
+      <c r="B180" s="7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="181" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A181" s="7">
+        <v>18726</v>
+      </c>
+      <c r="B181" s="7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="182" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A182" s="7">
+        <v>18729</v>
+      </c>
+      <c r="B182" s="7" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="183" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A183" s="7">
+        <v>18738</v>
+      </c>
+      <c r="B183" s="7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="184" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A184" s="7">
+        <v>18754</v>
+      </c>
+      <c r="B184" s="7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="185" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A185" s="7">
+        <v>18755</v>
+      </c>
+      <c r="B185" s="7" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="186" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A186" s="7">
+        <v>18773</v>
+      </c>
+      <c r="B186" s="7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="187" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A187" s="7">
+        <v>18801</v>
+      </c>
+      <c r="B187" s="7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="188" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A188" s="7">
+        <v>18891</v>
+      </c>
+      <c r="B188" s="7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="189" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A189" s="7">
+        <v>18938</v>
+      </c>
+      <c r="B189" s="7" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="190" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A190" s="7">
+        <v>18953</v>
+      </c>
+      <c r="B190" s="7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="191" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A191" s="7">
+        <v>18992</v>
+      </c>
+      <c r="B191" s="7" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="192" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A192" s="7">
+        <v>19003</v>
+      </c>
+      <c r="B192" s="7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="193" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A193" s="7">
+        <v>19004</v>
+      </c>
+      <c r="B193" s="7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="194" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A194" s="7">
+        <v>19101</v>
+      </c>
+      <c r="B194" s="7" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="195" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A195" s="7">
+        <v>19152</v>
+      </c>
+      <c r="B195" s="7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="196" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A196" s="7">
+        <v>19180</v>
+      </c>
+      <c r="B196" s="7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="197" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A197" s="7">
+        <v>19184</v>
+      </c>
+      <c r="B197" s="7" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="198" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A198" s="7">
+        <v>19199</v>
+      </c>
+      <c r="B198" s="7" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="199" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A199" s="7">
+        <v>19200</v>
+      </c>
+      <c r="B199" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="200" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A200" s="7">
+        <v>19215</v>
+      </c>
+      <c r="B200" s="7" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="201" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A201" s="7">
+        <v>19216</v>
+      </c>
+      <c r="B201" s="7" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="202" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A202" s="7">
+        <v>19287</v>
+      </c>
+      <c r="B202" s="7" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="203" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A203" s="7">
+        <v>19340</v>
+      </c>
+      <c r="B203" s="7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="204" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A204" s="7">
+        <v>19358</v>
+      </c>
+      <c r="B204" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="205" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A205" s="7">
+        <v>19359</v>
+      </c>
+      <c r="B205" s="7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="206" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A206" s="7">
+        <v>19411</v>
+      </c>
+      <c r="B206" s="7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="207" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A207" s="7">
+        <v>19450</v>
+      </c>
+      <c r="B207" s="7" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="208" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A208" s="7">
+        <v>19512</v>
+      </c>
+      <c r="B208" s="7" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="209" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A209" s="7">
+        <v>19513</v>
+      </c>
+      <c r="B209" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="210" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A210" s="7">
+        <v>19514</v>
+      </c>
+      <c r="B210" s="7" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="211" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A211" s="7">
+        <v>19570</v>
+      </c>
+      <c r="B211" s="7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="212" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A212" s="7">
+        <v>19620</v>
+      </c>
+      <c r="B212" s="7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="213" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A213" s="7">
+        <v>19659</v>
+      </c>
+      <c r="B213" s="7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="214" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A214" s="7">
+        <v>19713</v>
+      </c>
+      <c r="B214" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="215" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A215" s="7">
+        <v>19730</v>
+      </c>
+      <c r="B215" s="7" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="216" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A216" s="7">
+        <v>19774</v>
+      </c>
+      <c r="B216" s="7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="217" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A217" s="7">
+        <v>19800</v>
+      </c>
+      <c r="B217" s="7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="218" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A218" s="7">
+        <v>19921</v>
+      </c>
+      <c r="B218" s="7" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="219" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A219" s="7">
+        <v>19945</v>
+      </c>
+      <c r="B219" s="7" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="220" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A220" s="7">
+        <v>19977</v>
+      </c>
+      <c r="B220" s="7" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="221" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A221" s="7">
+        <v>19998</v>
+      </c>
+      <c r="B221" s="7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="222" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A222" s="7">
+        <v>20013</v>
+      </c>
+      <c r="B222" s="7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="223" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A223" s="7">
+        <v>20020</v>
+      </c>
+      <c r="B223" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="224" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A224" s="7">
+        <v>20022</v>
+      </c>
+      <c r="B224" s="7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="225" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A225" s="7">
+        <v>20027</v>
+      </c>
+      <c r="B225" s="7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="226" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A226" s="7">
+        <v>20029</v>
+      </c>
+      <c r="B226" s="7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="227" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A227" s="7">
+        <v>20192</v>
+      </c>
+      <c r="B227" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="228" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A228" s="7">
+        <v>20205</v>
+      </c>
+      <c r="B228" s="7" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="229" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A229" s="7">
+        <v>20233</v>
+      </c>
+      <c r="B229" s="7" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="230" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A230" s="7">
+        <v>20271</v>
+      </c>
+      <c r="B230" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="231" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A231" s="7">
+        <v>20371</v>
+      </c>
+      <c r="B231" s="7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="232" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A232" s="7">
+        <v>20376</v>
+      </c>
+      <c r="B232" s="7" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="233" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A233" s="7">
+        <v>20378</v>
+      </c>
+      <c r="B233" s="7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="234" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A234" s="7">
+        <v>20529</v>
+      </c>
+      <c r="B234" s="7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="235" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A235" s="7">
+        <v>20536</v>
+      </c>
+      <c r="B235" s="7" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="236" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A236" s="7">
+        <v>20538</v>
+      </c>
+      <c r="B236" s="7" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="237" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A237" s="7">
+        <v>20553</v>
+      </c>
+      <c r="B237" s="7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="238" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A238" s="7">
+        <v>20581</v>
+      </c>
+      <c r="B238" s="8" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="239" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A239" s="7">
+        <v>20582</v>
+      </c>
+      <c r="B239" s="8" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B15" s="7" t="s">
+    <row r="240" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A240" s="7">
+        <v>20608</v>
+      </c>
+      <c r="B240" s="8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="241" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A241" s="7">
+        <v>20612</v>
+      </c>
+      <c r="B241" s="8" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="242" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A242" s="7">
+        <v>20624</v>
+      </c>
+      <c r="B242" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="243" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A243" s="7">
+        <v>20636</v>
+      </c>
+      <c r="B243" s="7" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="244" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A244" s="7">
+        <v>20872</v>
+      </c>
+      <c r="B244" s="7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="245" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A245" s="7">
+        <v>20886</v>
+      </c>
+      <c r="B245" s="7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="246" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A246" s="7">
+        <v>22936</v>
+      </c>
+      <c r="B246" s="7" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="247" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A247" s="7">
+        <v>24678</v>
+      </c>
+      <c r="B247" s="7" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="248" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A248" s="7">
+        <v>25430</v>
+      </c>
+      <c r="B248" s="7" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
-[...432 lines deleted...]
-      <c r="A70" s="8">
+    <row r="249" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A249" s="7">
+        <v>25431</v>
+      </c>
+      <c r="B249" s="7" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="250" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A250" s="7">
+        <v>25568</v>
+      </c>
+      <c r="B250" s="7" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="251" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A251" s="7">
         <v>27039</v>
       </c>
-      <c r="B70" s="7" t="s">
-[...977 lines deleted...]
-      <c r="B194" s="10" t="s">
+      <c r="B251" s="7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="252" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A252" s="7">
+        <v>27118</v>
+      </c>
+      <c r="B252" s="7" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="195" spans="1:2" x14ac:dyDescent="0.25">
-[...46 lines deleted...]
-    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A57:B156">
-    <sortCondition ref="A57:A156"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A73:B207">
+    <sortCondition ref="A73:A207"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="90" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Release_x0020_Date xmlns="7ba62dc2-8f9b-483f-ab99-9c3bfcca683b" xsi:nil="true"/>
+    <Sort_x0020_Order xmlns="7ba62dc2-8f9b-483f-ab99-9c3bfcca683b">10</Sort_x0020_Order>
+    <Show_x0020_On_x0020_Site xmlns="7ba62dc2-8f9b-483f-ab99-9c3bfcca683b">true</Show_x0020_On_x0020_Site>
+    <Expires xmlns="7ba62dc2-8f9b-483f-ab99-9c3bfcca683b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010070EC58CA536C344C8DBDF2F85BD543F1" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d1545eba40b6845389c17dc3733a4900">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7ba62dc2-8f9b-483f-ab99-9c3bfcca683b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f229d052db232aff6a181065da7c7d1e" ns2:_="">
     <xsd:import namespace="7ba62dc2-8f9b-483f-ab99-9c3bfcca683b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Show_x0020_On_x0020_Site" minOccurs="0"/>
                 <xsd:element ref="ns2:Sort_x0020_Order" minOccurs="0"/>
                 <xsd:element ref="ns2:Release_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:Expires" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ba62dc2-8f9b-483f-ab99-9c3bfcca683b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Show_x0020_On_x0020_Site" ma:index="8" nillable="true" ma:displayName="Show On Site" ma:default="1" ma:internalName="Show_x0020_On_x0020_Site">
       <xsd:simpleType>
@@ -2754,99 +3312,88 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BFA190A-C74A-4D17-AD06-7F4871C11380}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="7ba62dc2-8f9b-483f-ab99-9c3bfcca683b"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FAE0781-45A4-4461-9193-6ED69922A63E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B947B1A0-3F17-431C-96A0-915201DEA8A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7ba62dc2-8f9b-483f-ab99-9c3bfcca683b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...14 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>